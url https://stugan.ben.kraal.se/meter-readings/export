--- v0 (2025-12-06)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Meter Reading (kWh)</t>
   </si>
   <si>
     <t>Avg Temperature (°C)</t>
   </si>
   <si>
     <t>Min Temperature (°C)</t>
   </si>
   <si>
     <t>Max Temperature (°C)</t>
   </si>
   <si>
     <t>Consumption (kWh)</t>
   </si>
   <si>
     <t>Created At</t>
   </si>
   <si>
     <t>2024-04-25 00:00</t>
   </si>
   <si>
@@ -141,50 +141,56 @@
     <t>2025-09-29 23:54:04</t>
   </si>
   <si>
     <t>2025-09-29 23:41</t>
   </si>
   <si>
     <t>2025-09-29 23:55:32</t>
   </si>
   <si>
     <t>2025-10-22 18:56</t>
   </si>
   <si>
     <t>2025-10-22 18:56:59</t>
   </si>
   <si>
     <t>2025-10-25 17:42</t>
   </si>
   <si>
     <t>2025-10-25 17:42:30</t>
   </si>
   <si>
     <t>2025-11-26 14:39</t>
   </si>
   <si>
     <t>2025-11-26 14:42:06</t>
+  </si>
+  <si>
+    <t>2025-12-26 14:01</t>
+  </si>
+  <si>
+    <t>2025-12-26 14:01:29</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -539,54 +545,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:G27"/>
+      <selection activeCell="A2" sqref="A2:G28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1167,50 +1173,69 @@
       <c r="E26" s="2"/>
       <c r="F26" s="2">
         <v>47</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="2">
         <v>96790</v>
       </c>
       <c r="C27" s="2">
         <v>-4.3</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2">
         <v>671</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>42</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B28" s="2">
+        <v>97391</v>
+      </c>
+      <c r="C28" s="2">
+        <v>2.3</v>
+      </c>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2">
+        <v>601</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>