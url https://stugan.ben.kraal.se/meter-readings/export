--- v1 (2026-01-24)
+++ v2 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Meter Reading (kWh)</t>
   </si>
   <si>
     <t>Avg Temperature (°C)</t>
   </si>
   <si>
     <t>Min Temperature (°C)</t>
   </si>
   <si>
     <t>Max Temperature (°C)</t>
   </si>
   <si>
     <t>Consumption (kWh)</t>
   </si>
   <si>
     <t>Created At</t>
   </si>
   <si>
     <t>2024-04-25 00:00</t>
   </si>
   <si>
@@ -147,50 +147,62 @@
     <t>2025-09-29 23:55:32</t>
   </si>
   <si>
     <t>2025-10-22 18:56</t>
   </si>
   <si>
     <t>2025-10-22 18:56:59</t>
   </si>
   <si>
     <t>2025-10-25 17:42</t>
   </si>
   <si>
     <t>2025-10-25 17:42:30</t>
   </si>
   <si>
     <t>2025-11-26 14:39</t>
   </si>
   <si>
     <t>2025-11-26 14:42:06</t>
   </si>
   <si>
     <t>2025-12-26 14:01</t>
   </si>
   <si>
     <t>2025-12-26 14:01:29</t>
+  </si>
+  <si>
+    <t>2026-01-27 17:25</t>
+  </si>
+  <si>
+    <t>2026-01-27 17:26:08</t>
+  </si>
+  <si>
+    <t>2026-02-26 13:32</t>
+  </si>
+  <si>
+    <t>2026-02-27 13:33:11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -545,54 +557,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:G28"/>
+      <selection activeCell="A2" sqref="A2:G30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.708" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -1192,50 +1204,88 @@
       <c r="E27" s="2"/>
       <c r="F27" s="2">
         <v>671</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B28" s="2">
         <v>97391</v>
       </c>
       <c r="C28" s="2">
         <v>2.3</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2">
         <v>601</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>44</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B29" s="2">
+        <v>98301</v>
+      </c>
+      <c r="C29" s="2">
+        <v>-7.3</v>
+      </c>
+      <c r="D29" s="2"/>
+      <c r="E29" s="2"/>
+      <c r="F29" s="2">
+        <v>910</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B30" s="2">
+        <v>99512</v>
+      </c>
+      <c r="C30" s="2">
+        <v>2.2</v>
+      </c>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2"/>
+      <c r="F30" s="2">
+        <v>1211</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>